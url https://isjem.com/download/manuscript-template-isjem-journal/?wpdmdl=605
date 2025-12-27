--- v0 (2025-11-12)
+++ v1 (2025-12-27)
@@ -2963,61 +2963,61 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1622EAF1" w14:textId="77777777" w:rsidR="00516492" w:rsidRDefault="00516492">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00516492" w:rsidSect="003A4D22">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="289" w:gutter="0"/>
       <w:cols w:num="2" w:space="432"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62AC9681" w14:textId="77777777" w:rsidR="00B67011" w:rsidRDefault="00B67011">
+    <w:p w14:paraId="62878446" w14:textId="77777777" w:rsidR="009F0DD7" w:rsidRDefault="009F0DD7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EB22714" w14:textId="77777777" w:rsidR="00B67011" w:rsidRDefault="00B67011">
+    <w:p w14:paraId="4E64C717" w14:textId="77777777" w:rsidR="009F0DD7" w:rsidRDefault="009F0DD7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3370,61 +3370,61 @@
     <w:r w:rsidR="004C5395" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00F877D4" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="188FCC8D" w14:textId="77777777" w:rsidR="00B67011" w:rsidRDefault="00B67011">
+    <w:p w14:paraId="1AD9FF45" w14:textId="77777777" w:rsidR="009F0DD7" w:rsidRDefault="009F0DD7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23474ADF" w14:textId="77777777" w:rsidR="00B67011" w:rsidRDefault="00B67011">
+    <w:p w14:paraId="253D611C" w14:textId="77777777" w:rsidR="009F0DD7" w:rsidRDefault="009F0DD7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33E6B510" w14:textId="098C799E" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rStyle w:val="Strong"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk184566327"/>
@@ -3440,51 +3440,51 @@
     <w:bookmarkStart w:id="10" w:name="_Hlk184576636"/>
     <w:bookmarkStart w:id="11" w:name="_Hlk184576637"/>
     <w:bookmarkStart w:id="12" w:name="_Hlk184577064"/>
     <w:bookmarkStart w:id="13" w:name="_Hlk184577065"/>
     <w:bookmarkStart w:id="14" w:name="_Hlk184577542"/>
     <w:bookmarkStart w:id="15" w:name="_Hlk184577543"/>
     <w:bookmarkStart w:id="16" w:name="_Hlk184579791"/>
     <w:bookmarkStart w:id="17" w:name="_Hlk184579792"/>
     <w:bookmarkStart w:id="18" w:name="_Hlk184580741"/>
     <w:bookmarkStart w:id="19" w:name="_Hlk184580742"/>
     <w:bookmarkStart w:id="20" w:name="_Hlk184581135"/>
     <w:bookmarkStart w:id="21" w:name="_Hlk184581136"/>
     <w:bookmarkStart w:id="22" w:name="_Hlk184581769"/>
     <w:bookmarkStart w:id="23" w:name="_Hlk184581770"/>
     <w:bookmarkStart w:id="24" w:name="_Hlk184582252"/>
     <w:bookmarkStart w:id="25" w:name="_Hlk184582253"/>
     <w:bookmarkStart w:id="26" w:name="_Hlk184582741"/>
     <w:bookmarkStart w:id="27" w:name="_Hlk184582742"/>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A6EA5D0" wp14:editId="11DBE6E5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A6EA5D0" wp14:editId="11DBE6E5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>50800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-231140</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="619760" cy="697230"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2040762465" name="Picture 2040762465"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Picture 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -3542,93 +3542,93 @@
       </w:rPr>
       <w:t xml:space="preserve">                           </w:t>
     </w:r>
     <w:r w:rsidR="00DF3B6F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ISSN: 2583-6129</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="34BCF470" w14:textId="0490BB14" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
+  <w:p w14:paraId="34BCF470" w14:textId="191D6986" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                  Volume: 04 Issue: </w:t>
     </w:r>
     <w:r w:rsidR="003C0A5A">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00FC2106">
+    <w:r w:rsidR="00D600DF">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidR="00FC2106">
+    <w:r w:rsidR="00D600DF">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Nov</w:t>
+      <w:t>Dec</w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> – 2025                                                              </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
@@ -4279,50 +4279,51 @@
     <w:rsid w:val="008E43FA"/>
     <w:rsid w:val="008F1D5E"/>
     <w:rsid w:val="00904376"/>
     <w:rsid w:val="00910924"/>
     <w:rsid w:val="00912A19"/>
     <w:rsid w:val="00923761"/>
     <w:rsid w:val="00925CF8"/>
     <w:rsid w:val="00926834"/>
     <w:rsid w:val="00934549"/>
     <w:rsid w:val="00934C2D"/>
     <w:rsid w:val="0094074D"/>
     <w:rsid w:val="009477EE"/>
     <w:rsid w:val="0095321F"/>
     <w:rsid w:val="00957923"/>
     <w:rsid w:val="00964332"/>
     <w:rsid w:val="009672ED"/>
     <w:rsid w:val="00981EF3"/>
     <w:rsid w:val="00984208"/>
     <w:rsid w:val="00991285"/>
     <w:rsid w:val="00992201"/>
     <w:rsid w:val="0099730B"/>
     <w:rsid w:val="009A5B9F"/>
     <w:rsid w:val="009B4922"/>
     <w:rsid w:val="009C2DCA"/>
     <w:rsid w:val="009E5284"/>
+    <w:rsid w:val="009F0DD7"/>
     <w:rsid w:val="009F6F31"/>
     <w:rsid w:val="00A00FF8"/>
     <w:rsid w:val="00A041F7"/>
     <w:rsid w:val="00A137F4"/>
     <w:rsid w:val="00A13A5A"/>
     <w:rsid w:val="00A14979"/>
     <w:rsid w:val="00A152B1"/>
     <w:rsid w:val="00A276D7"/>
     <w:rsid w:val="00A33491"/>
     <w:rsid w:val="00A337D2"/>
     <w:rsid w:val="00A34541"/>
     <w:rsid w:val="00A377A1"/>
     <w:rsid w:val="00A4786F"/>
     <w:rsid w:val="00A739C9"/>
     <w:rsid w:val="00A73F21"/>
     <w:rsid w:val="00A74A48"/>
     <w:rsid w:val="00A76CB8"/>
     <w:rsid w:val="00A84724"/>
     <w:rsid w:val="00A854D1"/>
     <w:rsid w:val="00A941CD"/>
     <w:rsid w:val="00A94776"/>
     <w:rsid w:val="00AA0B65"/>
     <w:rsid w:val="00AA5860"/>
     <w:rsid w:val="00AB31A1"/>
     <w:rsid w:val="00AB6403"/>
@@ -4355,66 +4356,68 @@
     <w:rsid w:val="00BB58D9"/>
     <w:rsid w:val="00BC22CA"/>
     <w:rsid w:val="00BC400A"/>
     <w:rsid w:val="00BE09BE"/>
     <w:rsid w:val="00BE1808"/>
     <w:rsid w:val="00BF2411"/>
     <w:rsid w:val="00C04DBD"/>
     <w:rsid w:val="00C056A9"/>
     <w:rsid w:val="00C1024E"/>
     <w:rsid w:val="00C125A6"/>
     <w:rsid w:val="00C17C3F"/>
     <w:rsid w:val="00C24056"/>
     <w:rsid w:val="00C268C0"/>
     <w:rsid w:val="00C357F2"/>
     <w:rsid w:val="00C35BD2"/>
     <w:rsid w:val="00C35C0B"/>
     <w:rsid w:val="00C64E85"/>
     <w:rsid w:val="00C73309"/>
     <w:rsid w:val="00C7601A"/>
     <w:rsid w:val="00C77DB3"/>
     <w:rsid w:val="00C86411"/>
     <w:rsid w:val="00C86AE0"/>
     <w:rsid w:val="00C872FD"/>
     <w:rsid w:val="00C90E62"/>
     <w:rsid w:val="00CA4A19"/>
+    <w:rsid w:val="00CA506F"/>
     <w:rsid w:val="00CB01F3"/>
     <w:rsid w:val="00CB2FAC"/>
     <w:rsid w:val="00CC6310"/>
     <w:rsid w:val="00CD7CEB"/>
     <w:rsid w:val="00CE05B7"/>
     <w:rsid w:val="00CE5FF1"/>
     <w:rsid w:val="00CF027D"/>
     <w:rsid w:val="00CF77BF"/>
     <w:rsid w:val="00D07262"/>
     <w:rsid w:val="00D21294"/>
     <w:rsid w:val="00D21641"/>
     <w:rsid w:val="00D34280"/>
     <w:rsid w:val="00D35065"/>
     <w:rsid w:val="00D4164D"/>
     <w:rsid w:val="00D447BA"/>
     <w:rsid w:val="00D505A8"/>
+    <w:rsid w:val="00D600DF"/>
     <w:rsid w:val="00D6033B"/>
     <w:rsid w:val="00D64B96"/>
     <w:rsid w:val="00D74055"/>
     <w:rsid w:val="00D74C7A"/>
     <w:rsid w:val="00D76B9C"/>
     <w:rsid w:val="00D771A0"/>
     <w:rsid w:val="00D8462C"/>
     <w:rsid w:val="00D874B6"/>
     <w:rsid w:val="00D915E0"/>
     <w:rsid w:val="00D9723E"/>
     <w:rsid w:val="00D97AE0"/>
     <w:rsid w:val="00DB1B53"/>
     <w:rsid w:val="00DB614B"/>
     <w:rsid w:val="00DB682D"/>
     <w:rsid w:val="00DC083C"/>
     <w:rsid w:val="00DE078D"/>
     <w:rsid w:val="00DE47DF"/>
     <w:rsid w:val="00DF3B6F"/>
     <w:rsid w:val="00E03FC8"/>
     <w:rsid w:val="00E0420C"/>
     <w:rsid w:val="00E045EE"/>
     <w:rsid w:val="00E109BC"/>
     <w:rsid w:val="00E1285E"/>
     <w:rsid w:val="00E1428D"/>
     <w:rsid w:val="00E14F69"/>