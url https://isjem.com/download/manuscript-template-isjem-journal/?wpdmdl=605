--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -8,52 +8,53 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1309F95F" w14:textId="760E05BA" w:rsidR="00516492" w:rsidRPr="00B72163" w:rsidRDefault="00B72163">
-      <w:pPr>
+    <w:p w14:paraId="1309F95F" w14:textId="760E05BA" w:rsidR="00516492" w:rsidRPr="00B72163" w:rsidRDefault="00B72163" w:rsidP="00CF3D51">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B72163">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Manuscript</w:t>
       </w:r>
       <w:r w:rsidR="006226A2" w:rsidRPr="00B72163">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2963,61 +2964,61 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1622EAF1" w14:textId="77777777" w:rsidR="00516492" w:rsidRDefault="00516492">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00516492" w:rsidSect="003A4D22">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="289" w:gutter="0"/>
       <w:cols w:num="2" w:space="432"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62878446" w14:textId="77777777" w:rsidR="009F0DD7" w:rsidRDefault="009F0DD7">
+    <w:p w14:paraId="17027E4D" w14:textId="77777777" w:rsidR="00F82948" w:rsidRDefault="00F82948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E64C717" w14:textId="77777777" w:rsidR="009F0DD7" w:rsidRDefault="009F0DD7">
+    <w:p w14:paraId="76A47C8F" w14:textId="77777777" w:rsidR="00F82948" w:rsidRDefault="00F82948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3057,103 +3058,103 @@
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gautami">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00200003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="460D43C4" w14:textId="768B7467" w:rsidR="00516492" w:rsidRPr="00EA6992" w:rsidRDefault="00516492" w:rsidP="006A465C">
+  <w:p w14:paraId="460D43C4" w14:textId="7D6E1778" w:rsidR="00516492" w:rsidRPr="00EA6992" w:rsidRDefault="00516492" w:rsidP="006A465C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="8" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10467"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
       </w:rPr>
       <w:t>©</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="1"/>
       </w:rPr>
       <w:t xml:space="preserve"> 20</w:t>
     </w:r>
     <w:r w:rsidR="003B303F" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-4"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00F60F90">
+    <w:r w:rsidR="00D03645">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-4"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="1"/>
       </w:rPr>
       <w:t xml:space="preserve"> I</w:t>
     </w:r>
     <w:r w:rsidR="00D874B6" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
@@ -3171,150 +3172,129 @@
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t>EM</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="001E4016" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t xml:space="preserve">(All Rights </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidR="001E4016" w:rsidRPr="00EA6992">
+    <w:r w:rsidR="00CC1DC1" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
-      <w:t>Reserved)</w:t>
+      <w:t xml:space="preserve">Reserved)  </w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
-      <w:t xml:space="preserve">   </w:t>
+      <w:t>|</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
-    <w:r w:rsidRPr="00EA6992">
-[...8 lines deleted...]
-    </w:r>
     <w:r w:rsidR="000F2AEC" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rStyle w:val="Strong"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D874B6" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>www.isjem.com</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
         <w:lang w:val="en-IN"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="006226A2" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00EA6992">
+    <w:r w:rsidR="00CC1DC1">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
         <w:lang w:val="en-IN"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">| Impact Factor: 8.072 </w:t>
     </w:r>
-    <w:r w:rsidR="006226A2" w:rsidRPr="00EA6992">
+    <w:r w:rsidR="00FA7509" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
         <w:lang w:val="en-IN"/>
       </w:rPr>
-      <w:t xml:space="preserve">              </w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve">                              </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006226A2" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
         <w:lang w:val="en-IN"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidR="00A041F7" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
         <w:lang w:val="en-IN"/>
       </w:rPr>
       <w:t xml:space="preserve">                           </w:t>
     </w:r>
     <w:r w:rsidR="00D915E0" w:rsidRPr="00EA6992">
       <w:rPr>
@@ -3370,61 +3350,61 @@
     <w:r w:rsidR="004C5395" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00F877D4" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AD9FF45" w14:textId="77777777" w:rsidR="009F0DD7" w:rsidRDefault="009F0DD7">
+    <w:p w14:paraId="795A3B6D" w14:textId="77777777" w:rsidR="00F82948" w:rsidRDefault="00F82948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="253D611C" w14:textId="77777777" w:rsidR="009F0DD7" w:rsidRDefault="009F0DD7">
+    <w:p w14:paraId="363E07CF" w14:textId="77777777" w:rsidR="00F82948" w:rsidRDefault="00F82948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33E6B510" w14:textId="098C799E" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rStyle w:val="Strong"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk184566327"/>
@@ -3440,51 +3420,51 @@
     <w:bookmarkStart w:id="10" w:name="_Hlk184576636"/>
     <w:bookmarkStart w:id="11" w:name="_Hlk184576637"/>
     <w:bookmarkStart w:id="12" w:name="_Hlk184577064"/>
     <w:bookmarkStart w:id="13" w:name="_Hlk184577065"/>
     <w:bookmarkStart w:id="14" w:name="_Hlk184577542"/>
     <w:bookmarkStart w:id="15" w:name="_Hlk184577543"/>
     <w:bookmarkStart w:id="16" w:name="_Hlk184579791"/>
     <w:bookmarkStart w:id="17" w:name="_Hlk184579792"/>
     <w:bookmarkStart w:id="18" w:name="_Hlk184580741"/>
     <w:bookmarkStart w:id="19" w:name="_Hlk184580742"/>
     <w:bookmarkStart w:id="20" w:name="_Hlk184581135"/>
     <w:bookmarkStart w:id="21" w:name="_Hlk184581136"/>
     <w:bookmarkStart w:id="22" w:name="_Hlk184581769"/>
     <w:bookmarkStart w:id="23" w:name="_Hlk184581770"/>
     <w:bookmarkStart w:id="24" w:name="_Hlk184582252"/>
     <w:bookmarkStart w:id="25" w:name="_Hlk184582253"/>
     <w:bookmarkStart w:id="26" w:name="_Hlk184582741"/>
     <w:bookmarkStart w:id="27" w:name="_Hlk184582742"/>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A6EA5D0" wp14:editId="11DBE6E5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A6EA5D0" wp14:editId="11DBE6E5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>50800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-231140</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="619760" cy="697230"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2040762465" name="Picture 2040762465"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Picture 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -3542,100 +3522,128 @@
       </w:rPr>
       <w:t xml:space="preserve">                           </w:t>
     </w:r>
     <w:r w:rsidR="00DF3B6F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ISSN: 2583-6129</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="34BCF470" w14:textId="191D6986" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
+  <w:p w14:paraId="34BCF470" w14:textId="537767C3" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                  Volume: 04 Issue: </w:t>
+      <w:t xml:space="preserve">                                  Volume: 0</w:t>
     </w:r>
-    <w:r w:rsidR="003C0A5A">
+    <w:r w:rsidR="00D03645">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="00D600DF">
+    <w:r w:rsidRPr="007F0642">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Issue: </w:t>
+    </w:r>
+    <w:r w:rsidR="00D03645">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA5183">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidR="00D600DF">
+    <w:r w:rsidR="00CA5183">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Dec</w:t>
+      <w:t>Feb</w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – 2025                                                              </w:t>
+      <w:t xml:space="preserve"> – 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00D03645">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007F0642">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                              </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">              DOI: 10.55041/ISJEM XXXX                                                                                                                                        </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4FFA4D6B" w14:textId="77777777" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
@@ -4018,50 +4026,51 @@
   <w:rsids>
     <w:rsidRoot w:val="00AD33CF"/>
     <w:rsid w:val="00004CC2"/>
     <w:rsid w:val="00004E4B"/>
     <w:rsid w:val="000110C5"/>
     <w:rsid w:val="000208CD"/>
     <w:rsid w:val="00021F60"/>
     <w:rsid w:val="000247DD"/>
     <w:rsid w:val="00027AA3"/>
     <w:rsid w:val="00036151"/>
     <w:rsid w:val="000407A4"/>
     <w:rsid w:val="00045844"/>
     <w:rsid w:val="000529F2"/>
     <w:rsid w:val="00052F95"/>
     <w:rsid w:val="0005584A"/>
     <w:rsid w:val="00057715"/>
     <w:rsid w:val="0007109D"/>
     <w:rsid w:val="00073800"/>
     <w:rsid w:val="00080E42"/>
     <w:rsid w:val="00082E4E"/>
     <w:rsid w:val="00090016"/>
     <w:rsid w:val="00093FCC"/>
     <w:rsid w:val="000A0414"/>
     <w:rsid w:val="000A150E"/>
     <w:rsid w:val="000B0280"/>
+    <w:rsid w:val="000D0059"/>
     <w:rsid w:val="000D0178"/>
     <w:rsid w:val="000D6784"/>
     <w:rsid w:val="000E1E6A"/>
     <w:rsid w:val="000E26D2"/>
     <w:rsid w:val="000E2D52"/>
     <w:rsid w:val="000E2ED3"/>
     <w:rsid w:val="000E5370"/>
     <w:rsid w:val="000F2AEC"/>
     <w:rsid w:val="000F7477"/>
     <w:rsid w:val="00102A90"/>
     <w:rsid w:val="001039B4"/>
     <w:rsid w:val="00106C67"/>
     <w:rsid w:val="001125B5"/>
     <w:rsid w:val="00123B0F"/>
     <w:rsid w:val="0012406C"/>
     <w:rsid w:val="001246A7"/>
     <w:rsid w:val="00126823"/>
     <w:rsid w:val="001301F8"/>
     <w:rsid w:val="0013083A"/>
     <w:rsid w:val="0013798E"/>
     <w:rsid w:val="001516D3"/>
     <w:rsid w:val="00152108"/>
     <w:rsid w:val="001563B0"/>
     <w:rsid w:val="00157D50"/>
     <w:rsid w:val="00170101"/>
@@ -4142,50 +4151,51 @@
     <w:rsid w:val="003B718A"/>
     <w:rsid w:val="003C0A5A"/>
     <w:rsid w:val="003D4D24"/>
     <w:rsid w:val="003E1279"/>
     <w:rsid w:val="003E6A75"/>
     <w:rsid w:val="003F2D6E"/>
     <w:rsid w:val="0040654A"/>
     <w:rsid w:val="00411D6E"/>
     <w:rsid w:val="00413860"/>
     <w:rsid w:val="004212B3"/>
     <w:rsid w:val="0042372D"/>
     <w:rsid w:val="004250C8"/>
     <w:rsid w:val="00427E4D"/>
     <w:rsid w:val="00431D6C"/>
     <w:rsid w:val="00435E2D"/>
     <w:rsid w:val="00445BD3"/>
     <w:rsid w:val="00446C14"/>
     <w:rsid w:val="004575B8"/>
     <w:rsid w:val="00466A7C"/>
     <w:rsid w:val="00480963"/>
     <w:rsid w:val="00485798"/>
     <w:rsid w:val="00485B0F"/>
     <w:rsid w:val="004875C5"/>
     <w:rsid w:val="004931A5"/>
     <w:rsid w:val="004A02A3"/>
+    <w:rsid w:val="004A4B5B"/>
     <w:rsid w:val="004A5021"/>
     <w:rsid w:val="004A5482"/>
     <w:rsid w:val="004C0C4E"/>
     <w:rsid w:val="004C5395"/>
     <w:rsid w:val="004C7F94"/>
     <w:rsid w:val="004D1EA9"/>
     <w:rsid w:val="004F5C64"/>
     <w:rsid w:val="00501232"/>
     <w:rsid w:val="005028EE"/>
     <w:rsid w:val="00515991"/>
     <w:rsid w:val="00516492"/>
     <w:rsid w:val="00516650"/>
     <w:rsid w:val="00517C59"/>
     <w:rsid w:val="00523893"/>
     <w:rsid w:val="00525CDB"/>
     <w:rsid w:val="00530100"/>
     <w:rsid w:val="005375AA"/>
     <w:rsid w:val="00541FAA"/>
     <w:rsid w:val="00546B6F"/>
     <w:rsid w:val="00554170"/>
     <w:rsid w:val="00567940"/>
     <w:rsid w:val="00570608"/>
     <w:rsid w:val="00576BCD"/>
     <w:rsid w:val="0058765D"/>
     <w:rsid w:val="00590459"/>
@@ -4195,115 +4205,119 @@
     <w:rsid w:val="005C1FBB"/>
     <w:rsid w:val="005C7F27"/>
     <w:rsid w:val="005D0D84"/>
     <w:rsid w:val="005F1316"/>
     <w:rsid w:val="005F2CF9"/>
     <w:rsid w:val="005F3359"/>
     <w:rsid w:val="00613B0C"/>
     <w:rsid w:val="00615581"/>
     <w:rsid w:val="00620BE1"/>
     <w:rsid w:val="006226A2"/>
     <w:rsid w:val="00623CED"/>
     <w:rsid w:val="0062579B"/>
     <w:rsid w:val="00631CE1"/>
     <w:rsid w:val="006351BC"/>
     <w:rsid w:val="00635DFF"/>
     <w:rsid w:val="00641563"/>
     <w:rsid w:val="00643DDF"/>
     <w:rsid w:val="0066236A"/>
     <w:rsid w:val="006633B2"/>
     <w:rsid w:val="00680134"/>
     <w:rsid w:val="00681EF6"/>
     <w:rsid w:val="00687910"/>
     <w:rsid w:val="00687A64"/>
     <w:rsid w:val="006943CE"/>
     <w:rsid w:val="006979CE"/>
+    <w:rsid w:val="006A21DA"/>
     <w:rsid w:val="006A465C"/>
     <w:rsid w:val="006A7018"/>
     <w:rsid w:val="006B15E9"/>
     <w:rsid w:val="006B5879"/>
     <w:rsid w:val="006C2651"/>
     <w:rsid w:val="006C729C"/>
     <w:rsid w:val="006D3872"/>
     <w:rsid w:val="006F0D5D"/>
     <w:rsid w:val="00715354"/>
     <w:rsid w:val="00717FA9"/>
     <w:rsid w:val="007205D4"/>
     <w:rsid w:val="00734A7C"/>
     <w:rsid w:val="00735BC8"/>
     <w:rsid w:val="00735FF7"/>
     <w:rsid w:val="00764CD0"/>
     <w:rsid w:val="007721E4"/>
     <w:rsid w:val="00780BD1"/>
     <w:rsid w:val="007A1227"/>
     <w:rsid w:val="007A3591"/>
     <w:rsid w:val="007B61CC"/>
     <w:rsid w:val="007B6BCD"/>
     <w:rsid w:val="007C1E15"/>
     <w:rsid w:val="007C6E1E"/>
     <w:rsid w:val="007D2E33"/>
     <w:rsid w:val="007D4428"/>
     <w:rsid w:val="007E1ECE"/>
     <w:rsid w:val="007E2A78"/>
     <w:rsid w:val="007E4EE3"/>
     <w:rsid w:val="007E50FE"/>
     <w:rsid w:val="007E5427"/>
     <w:rsid w:val="007E7AB0"/>
     <w:rsid w:val="007F7BFC"/>
     <w:rsid w:val="0080167A"/>
     <w:rsid w:val="00803E39"/>
     <w:rsid w:val="00804445"/>
     <w:rsid w:val="00816D81"/>
     <w:rsid w:val="00834908"/>
     <w:rsid w:val="008518EC"/>
     <w:rsid w:val="00851C04"/>
     <w:rsid w:val="0085266F"/>
     <w:rsid w:val="008625F5"/>
     <w:rsid w:val="008706E2"/>
     <w:rsid w:val="00871752"/>
     <w:rsid w:val="00876ECB"/>
+    <w:rsid w:val="00877172"/>
     <w:rsid w:val="00880B9C"/>
     <w:rsid w:val="00881B60"/>
     <w:rsid w:val="0088628E"/>
     <w:rsid w:val="008926C8"/>
     <w:rsid w:val="00897F5D"/>
     <w:rsid w:val="008A14B5"/>
     <w:rsid w:val="008A37E4"/>
     <w:rsid w:val="008B020B"/>
     <w:rsid w:val="008B0ABD"/>
     <w:rsid w:val="008B2A3E"/>
     <w:rsid w:val="008B4609"/>
     <w:rsid w:val="008C2592"/>
     <w:rsid w:val="008C6BCE"/>
     <w:rsid w:val="008D0B42"/>
     <w:rsid w:val="008E2ECE"/>
     <w:rsid w:val="008E43FA"/>
     <w:rsid w:val="008F1D5E"/>
     <w:rsid w:val="00904376"/>
     <w:rsid w:val="00910924"/>
     <w:rsid w:val="00912A19"/>
+    <w:rsid w:val="009210CA"/>
     <w:rsid w:val="00923761"/>
+    <w:rsid w:val="00923FB2"/>
     <w:rsid w:val="00925CF8"/>
     <w:rsid w:val="00926834"/>
     <w:rsid w:val="00934549"/>
     <w:rsid w:val="00934C2D"/>
     <w:rsid w:val="0094074D"/>
     <w:rsid w:val="009477EE"/>
     <w:rsid w:val="0095321F"/>
     <w:rsid w:val="00957923"/>
     <w:rsid w:val="00964332"/>
     <w:rsid w:val="009672ED"/>
     <w:rsid w:val="00981EF3"/>
     <w:rsid w:val="00984208"/>
     <w:rsid w:val="00991285"/>
     <w:rsid w:val="00992201"/>
     <w:rsid w:val="0099730B"/>
     <w:rsid w:val="009A5B9F"/>
     <w:rsid w:val="009B4922"/>
     <w:rsid w:val="009C2DCA"/>
     <w:rsid w:val="009E5284"/>
     <w:rsid w:val="009F0DD7"/>
     <w:rsid w:val="009F6F31"/>
     <w:rsid w:val="00A00FF8"/>
     <w:rsid w:val="00A041F7"/>
     <w:rsid w:val="00A137F4"/>
     <w:rsid w:val="00A13A5A"/>
@@ -4316,99 +4330,104 @@
     <w:rsid w:val="00A377A1"/>
     <w:rsid w:val="00A4786F"/>
     <w:rsid w:val="00A739C9"/>
     <w:rsid w:val="00A73F21"/>
     <w:rsid w:val="00A74A48"/>
     <w:rsid w:val="00A76CB8"/>
     <w:rsid w:val="00A84724"/>
     <w:rsid w:val="00A854D1"/>
     <w:rsid w:val="00A941CD"/>
     <w:rsid w:val="00A94776"/>
     <w:rsid w:val="00AA0B65"/>
     <w:rsid w:val="00AA5860"/>
     <w:rsid w:val="00AB31A1"/>
     <w:rsid w:val="00AB6403"/>
     <w:rsid w:val="00AC6A5F"/>
     <w:rsid w:val="00AD33CF"/>
     <w:rsid w:val="00AE3053"/>
     <w:rsid w:val="00AE39D1"/>
     <w:rsid w:val="00AF2D1F"/>
     <w:rsid w:val="00B007C9"/>
     <w:rsid w:val="00B076F8"/>
     <w:rsid w:val="00B13D1B"/>
     <w:rsid w:val="00B2045E"/>
     <w:rsid w:val="00B32477"/>
     <w:rsid w:val="00B338A7"/>
+    <w:rsid w:val="00B4451E"/>
     <w:rsid w:val="00B44C63"/>
     <w:rsid w:val="00B473C4"/>
     <w:rsid w:val="00B51BA1"/>
     <w:rsid w:val="00B567C4"/>
     <w:rsid w:val="00B67011"/>
     <w:rsid w:val="00B72163"/>
     <w:rsid w:val="00B74F66"/>
     <w:rsid w:val="00B838DD"/>
     <w:rsid w:val="00B87925"/>
     <w:rsid w:val="00B90EF3"/>
     <w:rsid w:val="00B96CD3"/>
     <w:rsid w:val="00BB1253"/>
     <w:rsid w:val="00BB33C3"/>
     <w:rsid w:val="00BB4053"/>
     <w:rsid w:val="00BB43BF"/>
     <w:rsid w:val="00BB58D9"/>
     <w:rsid w:val="00BC22CA"/>
     <w:rsid w:val="00BC400A"/>
     <w:rsid w:val="00BE09BE"/>
     <w:rsid w:val="00BE1808"/>
     <w:rsid w:val="00BF2411"/>
     <w:rsid w:val="00C04DBD"/>
     <w:rsid w:val="00C056A9"/>
     <w:rsid w:val="00C1024E"/>
     <w:rsid w:val="00C125A6"/>
     <w:rsid w:val="00C17C3F"/>
     <w:rsid w:val="00C24056"/>
     <w:rsid w:val="00C268C0"/>
     <w:rsid w:val="00C357F2"/>
     <w:rsid w:val="00C35BD2"/>
     <w:rsid w:val="00C35C0B"/>
     <w:rsid w:val="00C64E85"/>
     <w:rsid w:val="00C73309"/>
     <w:rsid w:val="00C7601A"/>
     <w:rsid w:val="00C77DB3"/>
     <w:rsid w:val="00C86411"/>
     <w:rsid w:val="00C86AE0"/>
     <w:rsid w:val="00C872FD"/>
     <w:rsid w:val="00C90E62"/>
     <w:rsid w:val="00CA4A19"/>
     <w:rsid w:val="00CA506F"/>
+    <w:rsid w:val="00CA5183"/>
     <w:rsid w:val="00CB01F3"/>
     <w:rsid w:val="00CB2FAC"/>
+    <w:rsid w:val="00CC1DC1"/>
     <w:rsid w:val="00CC6310"/>
     <w:rsid w:val="00CD7CEB"/>
     <w:rsid w:val="00CE05B7"/>
     <w:rsid w:val="00CE5FF1"/>
     <w:rsid w:val="00CF027D"/>
+    <w:rsid w:val="00CF3D51"/>
     <w:rsid w:val="00CF77BF"/>
+    <w:rsid w:val="00D03645"/>
     <w:rsid w:val="00D07262"/>
     <w:rsid w:val="00D21294"/>
     <w:rsid w:val="00D21641"/>
     <w:rsid w:val="00D34280"/>
     <w:rsid w:val="00D35065"/>
     <w:rsid w:val="00D4164D"/>
     <w:rsid w:val="00D447BA"/>
     <w:rsid w:val="00D505A8"/>
     <w:rsid w:val="00D600DF"/>
     <w:rsid w:val="00D6033B"/>
     <w:rsid w:val="00D64B96"/>
     <w:rsid w:val="00D74055"/>
     <w:rsid w:val="00D74C7A"/>
     <w:rsid w:val="00D76B9C"/>
     <w:rsid w:val="00D771A0"/>
     <w:rsid w:val="00D8462C"/>
     <w:rsid w:val="00D874B6"/>
     <w:rsid w:val="00D915E0"/>
     <w:rsid w:val="00D9723E"/>
     <w:rsid w:val="00D97AE0"/>
     <w:rsid w:val="00DB1B53"/>
     <w:rsid w:val="00DB614B"/>
     <w:rsid w:val="00DB682D"/>
     <w:rsid w:val="00DC083C"/>
     <w:rsid w:val="00DE078D"/>
@@ -4430,50 +4449,51 @@
     <w:rsid w:val="00E55D26"/>
     <w:rsid w:val="00E60C9A"/>
     <w:rsid w:val="00E74448"/>
     <w:rsid w:val="00E808E4"/>
     <w:rsid w:val="00E84F41"/>
     <w:rsid w:val="00E9504C"/>
     <w:rsid w:val="00E95130"/>
     <w:rsid w:val="00EA1B87"/>
     <w:rsid w:val="00EA6992"/>
     <w:rsid w:val="00EB0E63"/>
     <w:rsid w:val="00EC0A8C"/>
     <w:rsid w:val="00EC7C10"/>
     <w:rsid w:val="00ED3A16"/>
     <w:rsid w:val="00ED48B3"/>
     <w:rsid w:val="00EE7B8D"/>
     <w:rsid w:val="00EF36CF"/>
     <w:rsid w:val="00EF4A54"/>
     <w:rsid w:val="00EF758C"/>
     <w:rsid w:val="00F147C1"/>
     <w:rsid w:val="00F249EF"/>
     <w:rsid w:val="00F27476"/>
     <w:rsid w:val="00F311A0"/>
     <w:rsid w:val="00F60F90"/>
     <w:rsid w:val="00F70139"/>
     <w:rsid w:val="00F72165"/>
+    <w:rsid w:val="00F82948"/>
     <w:rsid w:val="00F8594C"/>
     <w:rsid w:val="00F877D4"/>
     <w:rsid w:val="00F87B71"/>
     <w:rsid w:val="00F91B52"/>
     <w:rsid w:val="00F9691F"/>
     <w:rsid w:val="00FA4F0A"/>
     <w:rsid w:val="00FA6CC8"/>
     <w:rsid w:val="00FA7509"/>
     <w:rsid w:val="00FB578A"/>
     <w:rsid w:val="00FC2106"/>
     <w:rsid w:val="00FC3C04"/>
     <w:rsid w:val="00FC6084"/>
     <w:rsid w:val="00FC6A19"/>
     <w:rsid w:val="00FC76D4"/>
     <w:rsid w:val="00FD2093"/>
     <w:rsid w:val="00FD71E1"/>
     <w:rsid w:val="00FD7CC4"/>
     <w:rsid w:val="00FE1782"/>
     <w:rsid w:val="00FE7BA8"/>
     <w:rsid w:val="00FF1E84"/>
     <w:rsid w:val="00FF1FB3"/>
     <w:rsid w:val="00FF2958"/>
     <w:rsid w:val="00FF5746"/>
     <w:rsid w:val="3885790D"/>
   </w:rsids>