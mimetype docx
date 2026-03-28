--- v2 (2026-02-11)
+++ v3 (2026-03-28)
@@ -1,42 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1309F95F" w14:textId="760E05BA" w:rsidR="00516492" w:rsidRPr="00B72163" w:rsidRDefault="00B72163" w:rsidP="00CF3D51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -79,80 +83,60 @@
       <w:r w:rsidR="00964332" w:rsidRPr="00B72163">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> template</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00B72163">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Bold, </w:t>
       </w:r>
       <w:r w:rsidR="009F6F31" w:rsidRPr="00B72163">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Times New </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="009F6F31" w:rsidRPr="00B72163">
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidR="00516492" w:rsidRPr="00B72163">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Roman</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> 16, 1.5 Line Spacing</w:t>
+        <w:t xml:space="preserve"> ,Size 16, 1.5 Line Spacing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B06F08" w14:textId="704C7EFC" w:rsidR="00516492" w:rsidRDefault="00516492">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>First Author</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -170,79 +154,68 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Second Author</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Third Author</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Font</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Size 12</w:t>
+        <w:t xml:space="preserve"> Font Size 12</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA03E41" w14:textId="77777777" w:rsidR="00516492" w:rsidRDefault="00516492">
       <w:pPr>
         <w:pStyle w:val="IEEEAuthorAffiliation"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="009F6F31">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
@@ -319,52 +292,56 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Department &amp; College</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="790283D7" w14:textId="77777777" w:rsidR="00516492" w:rsidRDefault="00516492">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7088C304" w14:textId="77777777" w:rsidR="00516492" w:rsidRDefault="00516492">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:sectPr w:rsidR="00516492" w:rsidSect="003A4D22">
-          <w:headerReference w:type="default" r:id="rId8"/>
-          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="289" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>---------------------------------------------------------------------***---------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AE70A8" w14:textId="416F0D1C" w:rsidR="00516492" w:rsidRPr="00992201" w:rsidRDefault="00516492">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992201">
@@ -407,157 +384,111 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>mandatory</w:t>
       </w:r>
       <w:r w:rsidR="00D505A8" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> format and appearance of </w:t>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D505A8" w:rsidRPr="00992201">
+        <w:t xml:space="preserve"> format and appearance of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>essay</w:t>
+      </w:r>
       <w:r w:rsidR="00D505A8" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00480963" w:rsidRPr="00992201">
+        <w:t xml:space="preserve"> prepared for </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>essay</w:t>
+        <w:t>ISJEM</w:t>
       </w:r>
       <w:r w:rsidR="00D505A8" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prepared for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F1316">
+        <w:t xml:space="preserve"> e-journals. The abstract should consist of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ISJEM</w:t>
+        <w:t>solo</w:t>
       </w:r>
       <w:r w:rsidR="00D505A8" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e-journals. The abstract should consist of a </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> paragraph containing no more than 200 words. It should be a summary of the paper and not an </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>starter</w:t>
       </w:r>
       <w:r w:rsidR="00D505A8" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. Because the </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -853,69 +784,58 @@
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7118037D" w14:textId="77777777" w:rsidR="00516492" w:rsidRPr="00992201" w:rsidRDefault="00516492">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">1.INTRODUCTION </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D505A8" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>( Size</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> 11, Times New roman</w:t>
+        <w:t>( Size 11, Times New roman</w:t>
       </w:r>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="414ACABF" w14:textId="77777777" w:rsidR="00516492" w:rsidRPr="00992201" w:rsidRDefault="00516492">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D50D06F" w14:textId="77777777" w:rsidR="00D505A8" w:rsidRPr="00992201" w:rsidRDefault="00D505A8" w:rsidP="00D505A8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
@@ -1321,71 +1241,51 @@
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">At the first </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manifestation</w:t>
       </w:r>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> of an </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>contraction</w:t>
       </w:r>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, spell it out followed by the acronym in </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1551,51 +1451,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="te-IN"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="549BDBF1" wp14:editId="7A5195D2">
             <wp:extent cx="3181985" cy="2385060"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="Screenshot (84)"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Screenshot (84)"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId14"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3181985" cy="2385060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -1625,97 +1525,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AC4D565" w14:textId="77777777" w:rsidR="00516492" w:rsidRPr="00992201" w:rsidRDefault="00984208">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>ISJ</w:t>
       </w:r>
       <w:r w:rsidR="007D4428" w:rsidRPr="00992201">
         <w:t>EM</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve"> sample </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>model</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> format ,Define </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>acronyms</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve"> and acronyms the first </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>spell</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve"> they are used in the </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>writing</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve">, even after they have been </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>well-defined</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve"> in the abstract. </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>Shortenings</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
-        <w:t xml:space="preserve"> such as IEEE, SI, MKS, CGS, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, dc, and </w:t>
+        <w:t xml:space="preserve"> such as IEEE, SI, MKS, CGS, sc, dc, and </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>rems</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve"> do not have to be </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>demarcated</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve">. Do not use </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>condensations</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve"> in the title or </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:t>bonces</w:t>
       </w:r>
       <w:r w:rsidR="00516492" w:rsidRPr="00992201">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1757,51 +1641,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="te-IN"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26EDA15C" wp14:editId="05541ADF">
             <wp:extent cx="3028950" cy="2533972"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="download.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3037613" cy="2541219"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -1902,51 +1786,51 @@
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="te-IN"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06978554" wp14:editId="7DE29059">
             <wp:extent cx="3086735" cy="2165350"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Picture 3" descr="chart"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="chart"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId16"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3086735" cy="2165350"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -2293,65 +2177,51 @@
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Maldonado</w:t>
       </w:r>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, M., Chang, C.-C.K., Gravano, L., Paepcke, A.: The Stanford Digital Library Metadata </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Style</w:t>
       </w:r>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Int. J. Digit. </w:t>
-[...13 lines deleted...]
-        <w:t>. 1 (1997) 108–121</w:t>
+        <w:t>. Int. J. Digit. Libr. 1 (1997) 108–121</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD08630" w14:textId="77777777" w:rsidR="00D505A8" w:rsidRPr="00992201" w:rsidRDefault="00D505A8" w:rsidP="00D505A8">
       <w:pPr>
         <w:pStyle w:val="reference"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Bruce, K.B., </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Carcelle</w:t>
       </w:r>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -2561,65 +2431,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="295C3E87" w14:textId="77777777" w:rsidR="00D505A8" w:rsidRPr="00992201" w:rsidRDefault="00D505A8" w:rsidP="00D505A8">
       <w:pPr>
         <w:pStyle w:val="reference"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Michalewicz, Z.: Genetic </w:t>
       </w:r>
       <w:r w:rsidR="00480963" w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Systems</w:t>
       </w:r>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> + Data Structures = Evolution Programs. 3rd </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> + Data Structures = Evolution Programs. 3rd edn. </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00992201">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>Springer-Verlag</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:r w:rsidRPr="00992201">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>Berlin</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00992201">
         <w:rPr>
@@ -2964,61 +2820,61 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1622EAF1" w14:textId="77777777" w:rsidR="00516492" w:rsidRDefault="00516492">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00516492" w:rsidSect="003A4D22">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="289" w:gutter="0"/>
       <w:cols w:num="2" w:space="432"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17027E4D" w14:textId="77777777" w:rsidR="00F82948" w:rsidRDefault="00F82948">
+    <w:p w14:paraId="4E6A4D3D" w14:textId="77777777" w:rsidR="008F52EE" w:rsidRDefault="008F52EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76A47C8F" w14:textId="77777777" w:rsidR="00F82948" w:rsidRDefault="00F82948">
+    <w:p w14:paraId="37B6CE06" w14:textId="77777777" w:rsidR="008F52EE" w:rsidRDefault="008F52EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3058,50 +2914,60 @@
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gautami">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00200003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="068E405D" w14:textId="77777777" w:rsidR="00790CF8" w:rsidRDefault="00790CF8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="460D43C4" w14:textId="7D6E1778" w:rsidR="00516492" w:rsidRPr="00EA6992" w:rsidRDefault="00516492" w:rsidP="006A465C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="8" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10467"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
       </w:rPr>
       <w:t>©</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
@@ -3171,72 +3037,70 @@
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t>EM</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="001E4016" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t xml:space="preserve">(All Rights </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00CC1DC1" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t xml:space="preserve">Reserved)  </w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
       </w:rPr>
       <w:t>|</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="000F2AEC" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rStyle w:val="Strong"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D874B6" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>www.isjem.com</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="585858"/>
         <w:spacing w:val="-1"/>
         <w:lang w:val="en-IN"/>
       </w:rPr>
@@ -3343,128 +3207,148 @@
     <w:r w:rsidR="00F877D4" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004C5395" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00F877D4" w:rsidRPr="00EA6992">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="19209683" w14:textId="77777777" w:rsidR="00790CF8" w:rsidRDefault="00790CF8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="795A3B6D" w14:textId="77777777" w:rsidR="00F82948" w:rsidRDefault="00F82948">
+    <w:p w14:paraId="29331E56" w14:textId="77777777" w:rsidR="008F52EE" w:rsidRDefault="008F52EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="363E07CF" w14:textId="77777777" w:rsidR="00F82948" w:rsidRDefault="00F82948">
+    <w:p w14:paraId="39004502" w14:textId="77777777" w:rsidR="008F52EE" w:rsidRDefault="008F52EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4BB7AC3A" w14:textId="77777777" w:rsidR="00790CF8" w:rsidRDefault="00790CF8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33E6B510" w14:textId="098C799E" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rStyle w:val="Strong"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk184566327"/>
     <w:bookmarkStart w:id="1" w:name="_Hlk184566328"/>
     <w:bookmarkStart w:id="2" w:name="_Hlk184574124"/>
     <w:bookmarkStart w:id="3" w:name="_Hlk184574125"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk184574474"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk184574475"/>
     <w:bookmarkStart w:id="6" w:name="_Hlk184575574"/>
     <w:bookmarkStart w:id="7" w:name="_Hlk184575575"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk184576008"/>
     <w:bookmarkStart w:id="9" w:name="_Hlk184576009"/>
     <w:bookmarkStart w:id="10" w:name="_Hlk184576636"/>
     <w:bookmarkStart w:id="11" w:name="_Hlk184576637"/>
     <w:bookmarkStart w:id="12" w:name="_Hlk184577064"/>
     <w:bookmarkStart w:id="13" w:name="_Hlk184577065"/>
     <w:bookmarkStart w:id="14" w:name="_Hlk184577542"/>
     <w:bookmarkStart w:id="15" w:name="_Hlk184577543"/>
     <w:bookmarkStart w:id="16" w:name="_Hlk184579791"/>
     <w:bookmarkStart w:id="17" w:name="_Hlk184579792"/>
     <w:bookmarkStart w:id="18" w:name="_Hlk184580741"/>
     <w:bookmarkStart w:id="19" w:name="_Hlk184580742"/>
     <w:bookmarkStart w:id="20" w:name="_Hlk184581135"/>
     <w:bookmarkStart w:id="21" w:name="_Hlk184581136"/>
     <w:bookmarkStart w:id="22" w:name="_Hlk184581769"/>
     <w:bookmarkStart w:id="23" w:name="_Hlk184581770"/>
     <w:bookmarkStart w:id="24" w:name="_Hlk184582252"/>
     <w:bookmarkStart w:id="25" w:name="_Hlk184582253"/>
     <w:bookmarkStart w:id="26" w:name="_Hlk184582741"/>
     <w:bookmarkStart w:id="27" w:name="_Hlk184582742"/>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A6EA5D0" wp14:editId="11DBE6E5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A6EA5D0" wp14:editId="11DBE6E5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>50800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-231140</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="619760" cy="697230"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2040762465" name="Picture 2040762465"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Picture 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -3482,147 +3366,131 @@
                     <a:ext cx="619760" cy="697230"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                           </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>International Scientific Journal of Engineering and Management (</w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve">                           </w:t>
+      <w:t xml:space="preserve">International Scientific Journal of Engineering and Management (ISJEM)                              </w:t>
     </w:r>
     <w:r w:rsidR="00DF3B6F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ISSN: 2583-6129</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="34BCF470" w14:textId="537767C3" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
+  <w:p w14:paraId="34BCF470" w14:textId="70F669D7" w:rsidR="003A4D22" w:rsidRPr="007F0642" w:rsidRDefault="003A4D22" w:rsidP="003A4D22">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                  Volume: 0</w:t>
     </w:r>
     <w:r w:rsidR="00D03645">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Issue: </w:t>
     </w:r>
     <w:r w:rsidR="00D03645">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00CA5183">
+    <w:r w:rsidR="00790CF8">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidR="00CA5183">
+    <w:r w:rsidR="00790CF8">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Feb</w:t>
+      <w:t>March</w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> – 202</w:t>
     </w:r>
     <w:r w:rsidR="00D03645">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                              </w:t>
     </w:r>
     <w:r w:rsidRPr="007F0642">
       <w:rPr>
         <w:sz w:val="16"/>
@@ -3792,50 +3660,60 @@
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkEnd w:id="75"/>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="514585C3" w14:textId="77777777" w:rsidR="00790CF8" w:rsidRDefault="00790CF8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B855861"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2B855861"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2)"/>
@@ -3972,51 +3850,50 @@
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1687749284">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1783307805">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2054" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule1" type="connector" idref="#AutoShape 1"/>
       </o:rules>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
@@ -4223,95 +4100,97 @@
     <w:rsid w:val="006633B2"/>
     <w:rsid w:val="00680134"/>
     <w:rsid w:val="00681EF6"/>
     <w:rsid w:val="00687910"/>
     <w:rsid w:val="00687A64"/>
     <w:rsid w:val="006943CE"/>
     <w:rsid w:val="006979CE"/>
     <w:rsid w:val="006A21DA"/>
     <w:rsid w:val="006A465C"/>
     <w:rsid w:val="006A7018"/>
     <w:rsid w:val="006B15E9"/>
     <w:rsid w:val="006B5879"/>
     <w:rsid w:val="006C2651"/>
     <w:rsid w:val="006C729C"/>
     <w:rsid w:val="006D3872"/>
     <w:rsid w:val="006F0D5D"/>
     <w:rsid w:val="00715354"/>
     <w:rsid w:val="00717FA9"/>
     <w:rsid w:val="007205D4"/>
     <w:rsid w:val="00734A7C"/>
     <w:rsid w:val="00735BC8"/>
     <w:rsid w:val="00735FF7"/>
     <w:rsid w:val="00764CD0"/>
     <w:rsid w:val="007721E4"/>
     <w:rsid w:val="00780BD1"/>
+    <w:rsid w:val="00790CF8"/>
     <w:rsid w:val="007A1227"/>
     <w:rsid w:val="007A3591"/>
     <w:rsid w:val="007B61CC"/>
     <w:rsid w:val="007B6BCD"/>
     <w:rsid w:val="007C1E15"/>
     <w:rsid w:val="007C6E1E"/>
     <w:rsid w:val="007D2E33"/>
     <w:rsid w:val="007D4428"/>
     <w:rsid w:val="007E1ECE"/>
     <w:rsid w:val="007E2A78"/>
     <w:rsid w:val="007E4EE3"/>
     <w:rsid w:val="007E50FE"/>
     <w:rsid w:val="007E5427"/>
     <w:rsid w:val="007E7AB0"/>
     <w:rsid w:val="007F7BFC"/>
     <w:rsid w:val="0080167A"/>
     <w:rsid w:val="00803E39"/>
     <w:rsid w:val="00804445"/>
     <w:rsid w:val="00816D81"/>
     <w:rsid w:val="00834908"/>
     <w:rsid w:val="008518EC"/>
     <w:rsid w:val="00851C04"/>
     <w:rsid w:val="0085266F"/>
     <w:rsid w:val="008625F5"/>
     <w:rsid w:val="008706E2"/>
     <w:rsid w:val="00871752"/>
     <w:rsid w:val="00876ECB"/>
     <w:rsid w:val="00877172"/>
     <w:rsid w:val="00880B9C"/>
     <w:rsid w:val="00881B60"/>
     <w:rsid w:val="0088628E"/>
     <w:rsid w:val="008926C8"/>
     <w:rsid w:val="00897F5D"/>
     <w:rsid w:val="008A14B5"/>
     <w:rsid w:val="008A37E4"/>
     <w:rsid w:val="008B020B"/>
     <w:rsid w:val="008B0ABD"/>
     <w:rsid w:val="008B2A3E"/>
     <w:rsid w:val="008B4609"/>
     <w:rsid w:val="008C2592"/>
     <w:rsid w:val="008C6BCE"/>
     <w:rsid w:val="008D0B42"/>
     <w:rsid w:val="008E2ECE"/>
     <w:rsid w:val="008E43FA"/>
     <w:rsid w:val="008F1D5E"/>
+    <w:rsid w:val="008F52EE"/>
     <w:rsid w:val="00904376"/>
     <w:rsid w:val="00910924"/>
     <w:rsid w:val="00912A19"/>
     <w:rsid w:val="009210CA"/>
     <w:rsid w:val="00923761"/>
     <w:rsid w:val="00923FB2"/>
     <w:rsid w:val="00925CF8"/>
     <w:rsid w:val="00926834"/>
     <w:rsid w:val="00934549"/>
     <w:rsid w:val="00934C2D"/>
     <w:rsid w:val="0094074D"/>
     <w:rsid w:val="009477EE"/>
     <w:rsid w:val="0095321F"/>
     <w:rsid w:val="00957923"/>
     <w:rsid w:val="00964332"/>
     <w:rsid w:val="009672ED"/>
     <w:rsid w:val="00981EF3"/>
     <w:rsid w:val="00984208"/>
     <w:rsid w:val="00991285"/>
     <w:rsid w:val="00992201"/>
     <w:rsid w:val="0099730B"/>
     <w:rsid w:val="009A5B9F"/>
     <w:rsid w:val="009B4922"/>
     <w:rsid w:val="009C2DCA"/>
     <w:rsid w:val="009E5284"/>
@@ -4329,50 +4208,51 @@
     <w:rsid w:val="00A34541"/>
     <w:rsid w:val="00A377A1"/>
     <w:rsid w:val="00A4786F"/>
     <w:rsid w:val="00A739C9"/>
     <w:rsid w:val="00A73F21"/>
     <w:rsid w:val="00A74A48"/>
     <w:rsid w:val="00A76CB8"/>
     <w:rsid w:val="00A84724"/>
     <w:rsid w:val="00A854D1"/>
     <w:rsid w:val="00A941CD"/>
     <w:rsid w:val="00A94776"/>
     <w:rsid w:val="00AA0B65"/>
     <w:rsid w:val="00AA5860"/>
     <w:rsid w:val="00AB31A1"/>
     <w:rsid w:val="00AB6403"/>
     <w:rsid w:val="00AC6A5F"/>
     <w:rsid w:val="00AD33CF"/>
     <w:rsid w:val="00AE3053"/>
     <w:rsid w:val="00AE39D1"/>
     <w:rsid w:val="00AF2D1F"/>
     <w:rsid w:val="00B007C9"/>
     <w:rsid w:val="00B076F8"/>
     <w:rsid w:val="00B13D1B"/>
     <w:rsid w:val="00B2045E"/>
     <w:rsid w:val="00B32477"/>
+    <w:rsid w:val="00B3336F"/>
     <w:rsid w:val="00B338A7"/>
     <w:rsid w:val="00B4451E"/>
     <w:rsid w:val="00B44C63"/>
     <w:rsid w:val="00B473C4"/>
     <w:rsid w:val="00B51BA1"/>
     <w:rsid w:val="00B567C4"/>
     <w:rsid w:val="00B67011"/>
     <w:rsid w:val="00B72163"/>
     <w:rsid w:val="00B74F66"/>
     <w:rsid w:val="00B838DD"/>
     <w:rsid w:val="00B87925"/>
     <w:rsid w:val="00B90EF3"/>
     <w:rsid w:val="00B96CD3"/>
     <w:rsid w:val="00BB1253"/>
     <w:rsid w:val="00BB33C3"/>
     <w:rsid w:val="00BB4053"/>
     <w:rsid w:val="00BB43BF"/>
     <w:rsid w:val="00BB58D9"/>
     <w:rsid w:val="00BC22CA"/>
     <w:rsid w:val="00BC400A"/>
     <w:rsid w:val="00BE09BE"/>
     <w:rsid w:val="00BE1808"/>
     <w:rsid w:val="00BF2411"/>
     <w:rsid w:val="00C04DBD"/>
     <w:rsid w:val="00C056A9"/>
@@ -5746,54 +5626,54 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1808930144">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Grayscale">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F8F8F8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="DDDDDD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B2B2B2"/>
       </a:accent2>